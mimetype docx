--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -1,55 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3FA3B460" w14:textId="77777777" w:rsidR="005A1222" w:rsidRDefault="00E63DAC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="9676"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
@@ -172,51 +173,51 @@
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-1"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-4"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>Form</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="064BA450" w14:textId="77777777" w:rsidR="005A1222" w:rsidRDefault="00E63DAC">
+    <w:p w14:paraId="064BA450" w14:textId="7D8ED532" w:rsidR="005A1222" w:rsidRDefault="00E63DAC">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="1504" w:right="6374"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15729152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B8A8ADC" wp14:editId="0CFE0992">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>446523</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>124534</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="605500" cy="588757"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Image 2" descr="state_seal copy "/>
@@ -861,51 +862,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>GRANT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>PROGRAM FINAL REPORT</w:t>
+        <w:t>PROGRAM REPORT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EEB57F2" w14:textId="121DBDE8" w:rsidR="005A1222" w:rsidRDefault="00E63DAC">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="1504"/>
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>State</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1403,230 +1404,232 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00444D28" w14:paraId="600718C7" w14:textId="77777777" w:rsidTr="00444D28">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5352" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="40B0AAB5" w14:textId="45482B92" w:rsidR="00444D28" w:rsidRDefault="00444D28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="65A44AB8" w14:textId="0C5C79D3" w:rsidR="00444D28" w:rsidRPr="00444D28" w:rsidRDefault="00444D28">
+          <w:p w14:paraId="65A44AB8" w14:textId="4406E6A4" w:rsidR="00444D28" w:rsidRPr="00444D28" w:rsidRDefault="00444D28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5D30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                     </w:t>
             </w:r>
             <w:r w:rsidR="001A5D30" w:rsidRPr="001A5D30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Check1"/>
+            <w:bookmarkStart w:id="2" w:name="Check1"/>
             <w:r w:rsidR="001A5D30" w:rsidRPr="001A5D30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001A5D30" w:rsidRPr="001A5D30">
+            <w:r w:rsidR="00C8405D" w:rsidRPr="001A5D30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="001A5D30" w:rsidRPr="001A5D30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="001A5D30" w:rsidRPr="001A5D30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:r w:rsidRPr="00444D28">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 6-Month </w:t>
             </w:r>
             <w:r w:rsidR="00FB1B68">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5988" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="17FE40A4" w14:textId="3DA2F794" w:rsidR="00444D28" w:rsidRDefault="00444D28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">                        </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48C8F260" w14:textId="79E7D604" w:rsidR="00444D28" w:rsidRDefault="00444D28">
+          <w:p w14:paraId="48C8F260" w14:textId="2722D030" w:rsidR="00444D28" w:rsidRDefault="00444D28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5D30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="001A5D30">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                        </w:t>
             </w:r>
             <w:r w:rsidR="001A5D30" w:rsidRPr="001A5D30">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Check2"/>
+            <w:bookmarkStart w:id="3" w:name="Check2"/>
             <w:r w:rsidR="001A5D30" w:rsidRPr="001A5D30">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001A5D30" w:rsidRPr="001A5D30">
+            <w:r w:rsidR="00C8405D" w:rsidRPr="001A5D30">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="001A5D30" w:rsidRPr="001A5D30">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="001A5D30" w:rsidRPr="001A5D30">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">             Final Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A1222" w14:paraId="385BE382" w14:textId="77777777" w:rsidTr="00444D28">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FE973DB" w14:textId="77777777" w:rsidR="005A1222" w:rsidRDefault="00E63DAC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="75" w:line="207" w:lineRule="exact"/>
               <w:ind w:right="93"/>
               <w:jc w:val="right"/>
               <w:rPr>
@@ -1773,51 +1776,51 @@
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CE3C07A" w14:textId="0573C6F3" w:rsidR="005A1222" w:rsidRDefault="001A5D30">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Text1"/>
+            <w:bookmarkStart w:id="4" w:name="Text1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -1841,51 +1844,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A1222" w14:paraId="47D1520D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="575"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3833CE3D" w14:textId="77777777" w:rsidR="005A1222" w:rsidRDefault="00E63DAC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="183"/>
               <w:ind w:left="1063"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -1898,51 +1901,51 @@
             <w:tcW w:w="9468" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="367BD619" w14:textId="6DE7BBB8" w:rsidR="005A1222" w:rsidRDefault="001A5D30">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Text2"/>
+            <w:bookmarkStart w:id="5" w:name="Text2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -1966,51 +1969,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A1222" w14:paraId="3E3B7B41" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="578"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="444595D0" w14:textId="77777777" w:rsidR="005A1222" w:rsidRDefault="00E63DAC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="80"/>
               <w:ind w:right="96"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -2055,51 +2058,51 @@
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="274FF108" w14:textId="4A51F561" w:rsidR="005A1222" w:rsidRDefault="001A5D30">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text3"/>
+            <w:bookmarkStart w:id="6" w:name="Text3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -2123,51 +2126,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="631" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40DE8A63" w14:textId="77777777" w:rsidR="005A1222" w:rsidRDefault="00E63DAC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="186"/>
               <w:ind w:left="129"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2175,51 +2178,51 @@
             <w:tcW w:w="4049" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="346FC092" w14:textId="54E7E2A7" w:rsidR="005A1222" w:rsidRDefault="001A5D30">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Text4"/>
+            <w:bookmarkStart w:id="7" w:name="Text4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -2243,51 +2246,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A1222" w14:paraId="6946FB02" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0AF43AC4" w14:textId="77777777" w:rsidR="005A1222" w:rsidRDefault="00E63DAC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="80"/>
               <w:ind w:left="213" w:hanging="44"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Signature</w:t>
@@ -2317,84 +2320,84 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Person Completing</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Report:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9468" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="567F35FC" w14:textId="190BF150" w:rsidR="005A1222" w:rsidRDefault="00FB1B68">
+          <w:p w14:paraId="567F35FC" w14:textId="190BF150" w:rsidR="005A1222" w:rsidRDefault="00C8405D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:pict w14:anchorId="4E6E8433">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Signature Line, Unsigned" style="width:101.25pt;height:51pt">
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Signature Line, Unsigned" style="width:101.2pt;height:50.95pt">
                   <v:imagedata r:id="rId11" o:title=""/>
                   <o:lock v:ext="edit" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t" grouping="t"/>
                   <o:signatureline v:ext="edit" id="{FE511FB8-BA84-4100-B609-41C4931DA6D7}" provid="{00000000-0000-0000-0000-000000000000}" issignatureline="t"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A1222" w14:paraId="1ED4EAEB" w14:textId="77777777" w:rsidTr="00444D28">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="63185C3B" w14:textId="77777777" w:rsidR="005A1222" w:rsidRDefault="00E63DAC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
@@ -2655,51 +2658,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="69450126" w14:textId="3A810E6B" w:rsidR="001A5D30" w:rsidRDefault="001A5D30" w:rsidP="001A5D30">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="119"/>
               <w:ind w:left="467"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text5"/>
+            <w:bookmarkStart w:id="8" w:name="Text5"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -2723,51 +2726,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A1222" w14:paraId="1E334ACA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1007"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="1FF238F3" w14:textId="77777777" w:rsidR="005A1222" w:rsidRDefault="00E63DAC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="827"/>
               </w:tabs>
               <w:spacing w:before="90"/>
               <w:ind w:left="467"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -2926,51 +2929,51 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="827"/>
               </w:tabs>
               <w:spacing w:before="90"/>
               <w:ind w:left="467"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text6"/>
+            <w:bookmarkStart w:id="9" w:name="Text6"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -2994,51 +2997,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A1222" w14:paraId="28D9698C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1007"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="5054E2DC" w14:textId="638FE9D0" w:rsidR="005A1222" w:rsidRDefault="00E63DAC" w:rsidP="001A5D30">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="90"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -3168,51 +3171,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="30C8F7DB" w14:textId="34A2FA46" w:rsidR="001A5D30" w:rsidRDefault="001A5D30" w:rsidP="001A5D30">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="90"/>
               <w:ind w:left="467"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text7"/>
+            <w:bookmarkStart w:id="10" w:name="Text7"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -3236,51 +3239,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A1222" w14:paraId="64C6A05E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="14D63B52" w14:textId="79AE769A" w:rsidR="005A1222" w:rsidRDefault="00E63DAC" w:rsidP="001A5D30">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="1"/>
               <w:ind w:right="143"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -3473,51 +3476,51 @@
               <w:t>Also, indicate whether participation in recycling has been increased as a result of the project to date.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37B2E34C" w14:textId="0E567034" w:rsidR="001A5D30" w:rsidRDefault="001A5D30" w:rsidP="001A5D30">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="467" w:right="143"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text8"/>
+            <w:bookmarkStart w:id="11" w:name="Text8"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3532,51 +3535,51 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A1222" w14:paraId="18274779" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1033"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="21D0FB2A" w14:textId="69403560" w:rsidR="005A1222" w:rsidRDefault="00E63DAC" w:rsidP="001A5D30">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -3779,51 +3782,51 @@
               </w:rPr>
               <w:t>is currently in compliance with all permitting requirements for the project.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3303141C" w14:textId="3530CF5C" w:rsidR="001A5D30" w:rsidRDefault="001A5D30" w:rsidP="001A5D30">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="467"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Text9"/>
+            <w:bookmarkStart w:id="12" w:name="Text9"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3838,51 +3841,51 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A1222" w14:paraId="78A66EB1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="255DB70A" w14:textId="1743C1F8" w:rsidR="005A1222" w:rsidRDefault="00E63DAC" w:rsidP="001A5D30">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="206" w:lineRule="exact"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -4018,51 +4021,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="35EDA381" w14:textId="1BECB1EA" w:rsidR="001A5D30" w:rsidRDefault="001A5D30" w:rsidP="001A5D30">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="206" w:lineRule="exact"/>
               <w:ind w:left="467"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Text10"/>
+            <w:bookmarkStart w:id="13" w:name="Text10"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -4086,51 +4089,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="23F16C8C" w14:textId="77777777" w:rsidR="001F1246" w:rsidRDefault="001F1246"/>
     <w:sectPr w:rsidR="001F1246">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="140" w:right="0" w:bottom="280" w:left="360" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -4234,77 +4237,82 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5507" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6227" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="548105764">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="alOINmq5xznLdv9W6IRi/GA/emDhCrZeu8QnFwA6OkSPYdzBXWOaovB2IM3KWrbxcHpRSrvUx5OW6GpAvO1zIw==" w:salt="zsUndVjVgOFQK+0eAp3XEA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Y+vYdznwpFaMvheykAv6N5EyAW0dAzZhk19xPYHaOcKw2EgcfB/lD+oiam18fJKon0GUd0jJpA8ouF3sj6+jGg==" w:salt="wi/zzUF4hOaHgUhJo3RPpg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005A1222"/>
     <w:rsid w:val="001A5D30"/>
     <w:rsid w:val="001F1246"/>
+    <w:rsid w:val="001F1659"/>
     <w:rsid w:val="00444D28"/>
+    <w:rsid w:val="00570C02"/>
     <w:rsid w:val="005A1222"/>
     <w:rsid w:val="006B1B99"/>
     <w:rsid w:val="007E44A4"/>
     <w:rsid w:val="00817BC1"/>
     <w:rsid w:val="00943C4D"/>
     <w:rsid w:val="009F3B13"/>
+    <w:rsid w:val="00B375F8"/>
+    <w:rsid w:val="00C8405D"/>
+    <w:rsid w:val="00CD4105"/>
     <w:rsid w:val="00DE03BE"/>
     <w:rsid w:val="00E63DAC"/>
     <w:rsid w:val="00E85EAD"/>
     <w:rsid w:val="00FB1B68"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -4885,54 +4893,56 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F4956"/>
     <w:rsid w:val="001C2B89"/>
+    <w:rsid w:val="001F1659"/>
     <w:rsid w:val="00572218"/>
     <w:rsid w:val="005F4956"/>
     <w:rsid w:val="007E44A4"/>
     <w:rsid w:val="009F3B13"/>
+    <w:rsid w:val="00CD4105"/>
     <w:rsid w:val="00E85EAD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -5908,65 +5918,71 @@
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{182FC5CE-6E39-454F-B588-2DCBEC4A05D8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="fa70bd9d-677f-437f-88cf-317528ef4a9b"/>
     <ds:schemaRef ds:uri="1c6c5bd4-c8c2-4d30-9e80-8bec029e6c07"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{2199bfba-a409-4f13-b0c4-18b45933d88d}" enabled="0" method="" siteId="{2199bfba-a409-4f13-b0c4-18b45933d88d}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>261</Words>
-  <Characters>1489</Characters>
+  <Words>260</Words>
+  <Characters>1484</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>State of Indiana</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1747</CharactersWithSpaces>
+  <CharactersWithSpaces>1741</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Taylor, Alison M</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-11-05T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 22 for Word</vt:lpwstr>
   </property>