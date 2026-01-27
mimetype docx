--- v0 (2025-12-06)
+++ v1 (2026-01-27)
@@ -1,225 +1,288 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4FFF4D82" w14:textId="74A16C7C" w:rsidR="005B1F40" w:rsidRDefault="00FE7DDD">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4824F190" wp14:editId="4633A7E2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>549066</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>109050</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="584900" cy="576072"/>
             <wp:effectExtent l="0" t="0" r="5715" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="image1.png" descr="state_seal copy"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="image1.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print"/>
+                    <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="584900" cy="576072"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="004898E5" w14:textId="526B2CC5" w:rsidR="005B1F40" w:rsidRPr="00FE7DDD" w:rsidRDefault="009200D9" w:rsidP="00FE7DDD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">WASTE TIRE </w:t>
       </w:r>
       <w:r w:rsidR="00FC7408">
         <w:t>GRANT EXPENDITURE REPORT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1E437B" w14:textId="1962E2F0" w:rsidR="005B1F40" w:rsidRPr="00FC7408" w:rsidRDefault="00E85D31">
+    <w:p w14:paraId="7C1E437B" w14:textId="41261B68" w:rsidR="005B1F40" w:rsidRDefault="00E85D31">
       <w:pPr>
         <w:ind w:left="1656"/>
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC7408">
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">State Form </w:t>
       </w:r>
       <w:r w:rsidR="00FE7DDD">
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t>57242 (</w:t>
+        <w:t xml:space="preserve">57242 </w:t>
       </w:r>
-      <w:r w:rsidR="00807B28">
+      <w:r w:rsidR="005E6649" w:rsidRPr="005E6649">
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>(R</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7DDD">
+      <w:r w:rsidR="009C18C8">
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t>-23)</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E6649" w:rsidRPr="005E6649">
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t>/ 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009C18C8">
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="005E6649" w:rsidRPr="005E6649">
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t>-25)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B0CFF48" w14:textId="160E59B0" w:rsidR="00AF5D9A" w:rsidRPr="00FC7408" w:rsidRDefault="00AF5D9A">
+      <w:pPr>
+        <w:ind w:left="1656"/>
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t>Approved by State Board of Accounts, 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="300FD207" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRDefault="00E85D31">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1656"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Indiana Department of Environmental Management</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69F920A5" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRDefault="005B1F40">
       <w:pPr>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15664C6F" w14:textId="77777777" w:rsidR="00FC7408" w:rsidRDefault="00FC7408" w:rsidP="00FC7408">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="184" w:lineRule="exact"/>
         <w:ind w:left="165"/>
       </w:pPr>
       <w:r>
-        <w:t>INSTRUCTIONS:</w:t>
+        <w:t>INSTRUCTIONS</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E85D31">
-        <w:t xml:space="preserve"> Designate budget categories appropriate to Exhibit A of the grant agreement.</w:t>
+        <w:t xml:space="preserve"> Designate</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E85D31">
+        <w:t xml:space="preserve"> budget categories appropriate to Exhibit A of the grant agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108F06C8" w14:textId="48806DAB" w:rsidR="005B1F40" w:rsidRDefault="00FC7408" w:rsidP="00FC7408">
+    <w:p w14:paraId="108F06C8" w14:textId="4E8BC841" w:rsidR="005B1F40" w:rsidRDefault="00FC7408" w:rsidP="00FC7408">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="184" w:lineRule="exact"/>
         <w:ind w:left="165"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E85D31">
-        <w:t xml:space="preserve"> Enter grant, cash match, and in-kind match expenditures into the appropriate budget categories below.</w:t>
+        <w:t xml:space="preserve"> Enter grant</w:t>
+      </w:r>
+      <w:r w:rsidR="0057480C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B01386">
+        <w:t>expenditures</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E85D31">
+        <w:t xml:space="preserve"> into the appropriate budget categories below.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01FC225D" w14:textId="65B65D07" w:rsidR="00152B78" w:rsidRDefault="00152B78" w:rsidP="00FC7408">
+    <w:p w14:paraId="01FC225D" w14:textId="5FB756B4" w:rsidR="00152B78" w:rsidRDefault="00152B78" w:rsidP="00FC7408">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="184" w:lineRule="exact"/>
         <w:ind w:left="165"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Attach</w:t>
       </w:r>
       <w:r w:rsidR="001A0515">
-        <w:t xml:space="preserve"> receipts, manifests, additional documentation.</w:t>
+        <w:t xml:space="preserve"> receipts, manifests, additional documentation</w:t>
+      </w:r>
+      <w:r w:rsidR="00B01386">
+        <w:t>, and submit them to the email address on the form</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0515">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A03F2EF" w14:textId="748F40B2" w:rsidR="005B1F40" w:rsidRDefault="00E85D31">
       <w:pPr>
         <w:spacing w:before="78"/>
         <w:ind w:left="136" w:right="614"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Indiana Department of Environmental Management Office of </w:t>
       </w:r>
       <w:r w:rsidR="009200D9">
         <w:rPr>
           <w:b/>
@@ -243,301 +306,375 @@
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Waste Tire</w:t>
       </w:r>
       <w:r w:rsidR="00E85D31">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Grant Program</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="594ED561" w14:textId="164C7328" w:rsidR="005B1F40" w:rsidRDefault="00E85D31">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="1157" w:right="1635"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">100 North Senate Avenue IGCN </w:t>
       </w:r>
       <w:r w:rsidR="009200D9">
         <w:t>1154</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="405CC161" w14:textId="3E94B505" w:rsidR="005B1F40" w:rsidRDefault="006769A8">
+    <w:p w14:paraId="405CC161" w14:textId="3E94B505" w:rsidR="005B1F40" w:rsidRDefault="00E85D31">
+      <w:pPr>
+        <w:spacing w:line="184" w:lineRule="exact"/>
+        <w:ind w:left="136" w:right="613"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId9">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="16"/>
+          </w:rPr>
+          <w:t>Indianapolis, IN 46204-2251</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="57ABE472" w14:textId="7D866A81" w:rsidR="0057480C" w:rsidRDefault="0057480C">
+      <w:pPr>
+        <w:spacing w:line="184" w:lineRule="exact"/>
+        <w:ind w:left="136" w:right="613"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057480C">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>317)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 234-6923</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="219F4B4A" w14:textId="65AE9C86" w:rsidR="0057480C" w:rsidRPr="0057480C" w:rsidRDefault="0057480C">
+      <w:pPr>
+        <w:spacing w:line="184" w:lineRule="exact"/>
+        <w:ind w:left="136" w:right="613"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Toll-Free: (800) 451-6027</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69F15E79" w14:textId="6BC24A1B" w:rsidR="009576B1" w:rsidRDefault="009576B1">
       <w:pPr>
         <w:spacing w:line="184" w:lineRule="exact"/>
         <w:ind w:left="136" w:right="613"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId5">
-[...18 lines deleted...]
-        <w:r w:rsidR="009576B1" w:rsidRPr="00946FAD">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00946FAD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>WasteTireGrants@idem.IN.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="41738998" w14:textId="771FD42C" w:rsidR="005B1F40" w:rsidRDefault="006769A8">
+    <w:p w14:paraId="41738998" w14:textId="771FD42C" w:rsidR="005B1F40" w:rsidRDefault="005B1F40">
       <w:pPr>
         <w:ind w:left="136" w:right="614"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId7"/>
+      <w:hyperlink r:id="rId11"/>
     </w:p>
     <w:p w14:paraId="08726084" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRDefault="005B1F40">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="005B1F40">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
           <w:pgMar w:top="400" w:right="380" w:bottom="280" w:left="480" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="720" w:equalWidth="0">
             <w:col w:w="8938" w:space="1390"/>
             <w:col w:w="4652"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="14563" w:type="dxa"/>
         <w:tblInd w:w="110" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="840"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="839"/>
+        <w:gridCol w:w="828"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2196"/>
+        <w:gridCol w:w="2248"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="1079"/>
+        <w:gridCol w:w="1709"/>
+        <w:gridCol w:w="1067"/>
+        <w:gridCol w:w="1709"/>
+        <w:gridCol w:w="18"/>
+        <w:gridCol w:w="12"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC7408" w14:paraId="34437810" w14:textId="77777777" w:rsidTr="00FC7408">
+      <w:tr w:rsidR="00517C89" w14:paraId="34437810" w14:textId="6C073116" w:rsidTr="0057480C">
         <w:trPr>
           <w:trHeight w:val="259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="3805" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD625BD" w14:textId="77777777" w:rsidR="00FC7408" w:rsidRDefault="00FC7408" w:rsidP="00FC7408">
+          <w:p w14:paraId="7CD625BD" w14:textId="77777777" w:rsidR="00517C89" w:rsidRDefault="00517C89" w:rsidP="00FC7408">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="225" w:lineRule="exact"/>
               <w:ind w:left="112"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>SECTION 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2525" w:type="dxa"/>
+            <w:tcW w:w="2196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
-          <w:p w14:paraId="3E72C2E4" w14:textId="77777777" w:rsidR="00FC7408" w:rsidRDefault="00FC7408">
+          <w:p w14:paraId="3E72C2E4" w14:textId="77777777" w:rsidR="00517C89" w:rsidRDefault="00517C89">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3230" w:type="dxa"/>
+            <w:tcW w:w="2968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53AB68CA" w14:textId="77777777" w:rsidR="00FC7408" w:rsidRDefault="00FC7408" w:rsidP="00FC7408">
+          <w:p w14:paraId="53AB68CA" w14:textId="77777777" w:rsidR="00517C89" w:rsidRDefault="00517C89" w:rsidP="00FC7408">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="225" w:lineRule="exact"/>
               <w:ind w:left="174"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>GRANT INFORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5154" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5564" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
-          <w:p w14:paraId="71DFDD8E" w14:textId="77777777" w:rsidR="00FC7408" w:rsidRDefault="00FC7408">
+          <w:p w14:paraId="5E77E4FD" w14:textId="77777777" w:rsidR="00517C89" w:rsidRDefault="00517C89" w:rsidP="00FC7408">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="16"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="174"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="30" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF317EB" w14:textId="77777777" w:rsidR="00517C89" w:rsidRDefault="00517C89" w:rsidP="00FC7408">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="174"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B1F40" w14:paraId="4457F042" w14:textId="77777777" w:rsidTr="00807B28">
+      <w:tr w:rsidR="00517C89" w14:paraId="4457F042" w14:textId="79AAA86F" w:rsidTr="0057480C">
         <w:trPr>
           <w:trHeight w:val="271"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="3805" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B61D1CF" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRDefault="00E85D31">
+          <w:p w14:paraId="1B61D1CF" w14:textId="77777777" w:rsidR="00164712" w:rsidRDefault="00164712">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="39"/>
               <w:ind w:left="2459"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Name of Grantee:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4690" w:type="dxa"/>
+            <w:tcW w:w="4444" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12BABD6E" w14:textId="51C9929B" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="12BABD6E" w14:textId="51C9929B" w:rsidR="00164712" w:rsidRPr="000E5397" w:rsidRDefault="00164712" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -595,234 +732,234 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2101E687" w14:textId="77777777" w:rsidR="00164712" w:rsidRDefault="00164712" w:rsidP="00FC7408">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="90" w:right="90"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grant Amount: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4485" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2101E687" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRDefault="00E85D31" w:rsidP="00FC7408">
+          <w:p w14:paraId="1FE5FF11" w14:textId="37CC717F" w:rsidR="00164712" w:rsidRDefault="00164712" w:rsidP="00AA4DFD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="90" w:right="90"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text197"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="Text197"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="30" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="230C9985" w14:textId="77777777" w:rsidR="00164712" w:rsidRPr="00164712" w:rsidRDefault="00164712" w:rsidP="00FC7408">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="39"/>
               <w:ind w:left="90" w:right="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...125 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B1F40" w14:paraId="42F81E13" w14:textId="77777777" w:rsidTr="00807B28">
+      <w:tr w:rsidR="00517C89" w14:paraId="42F81E13" w14:textId="19D2EFD8" w:rsidTr="0057480C">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="3805" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CA8DBE8" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRDefault="00E85D31">
+          <w:p w14:paraId="7CA8DBE8" w14:textId="77777777" w:rsidR="00E875CA" w:rsidRDefault="00E875CA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="67" w:line="179" w:lineRule="exact"/>
               <w:ind w:left="2425"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Contract number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2525" w:type="dxa"/>
+            <w:tcW w:w="2196" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75093B81" w14:textId="3531E2B2" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="75093B81" w14:textId="3531E2B2" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000E5397">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -879,107 +1016,95 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000E5397">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000E5397">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2165" w:type="dxa"/>
+            <w:tcW w:w="2248" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E3CB72D" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRDefault="00FC7408" w:rsidP="00FC7408">
+          <w:p w14:paraId="7E3CB72D" w14:textId="77777777" w:rsidR="00E875CA" w:rsidRDefault="00E875CA" w:rsidP="00FC7408">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="39"/>
               <w:ind w:left="95"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>Grant Start</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Grant Start Date </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC7408">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>(mm/dd/yy)</w:t>
             </w:r>
-            <w:r w:rsidR="00E85D31">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A4C282A" w14:textId="67322833" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="7A4C282A" w14:textId="67322833" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000E5397">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -1036,609 +1161,993 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000E5397">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000E5397">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56ADC5F9" w14:textId="77777777" w:rsidR="00E875CA" w:rsidRDefault="00E875CA" w:rsidP="00FC7408">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="96"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grant End Date </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC7408">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>(mm/dd/yy)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56ADC5F9" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRDefault="00E85D31" w:rsidP="00FC7408">
+          <w:p w14:paraId="4C47E206" w14:textId="1B04A5CB" w:rsidR="00E875CA" w:rsidRDefault="00E875CA" w:rsidP="00FC7408">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="39"/>
               <w:ind w:left="96"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>Grant End Date</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FC7408">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-              <w:t>(mm/dd/yy)</w:t>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text198"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="4" w:name="Text198"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00517C89" w14:paraId="2474FDF8" w14:textId="0ABC289D" w:rsidTr="0057480C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
+          <w:trHeight w:val="266"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3805" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E336C12" w14:textId="6F063B63" w:rsidR="00E875CA" w:rsidRDefault="00E875CA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="67" w:line="179" w:lineRule="exact"/>
+              <w:ind w:left="2425"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PO </w:t>
+            </w:r>
+            <w:r w:rsidR="003E3A2B">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>number</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcW w:w="2196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C5D890" w14:textId="1223F34B" w:rsidR="00E875CA" w:rsidRPr="00596777" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text195"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="Text195"/>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5211E70D" w14:textId="72A44862" w:rsidR="00E875CA" w:rsidRDefault="00E875CA" w:rsidP="00FC7408">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="95"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Grant Contract Year:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6390BEE4" w14:textId="1E92B295" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="13D9B64A" w14:textId="65C2F4C3" w:rsidR="00E875CA" w:rsidRPr="00596777" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="90"/>
-              <w:rPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text5"/>
+                  <w:name w:val="Text196"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Text5"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:bookmarkStart w:id="6" w:name="Text196"/>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="000E5397">
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="000E5397">
-[...42 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00596777">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="6"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2233032F" w14:textId="60137AD6" w:rsidR="00E875CA" w:rsidRDefault="00E875CA" w:rsidP="00FC7408">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="96"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Total Reimbursement to Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F6EB2B3" w14:textId="32C440BF" w:rsidR="00E875CA" w:rsidRDefault="00E875CA" w:rsidP="00FC7408">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="96"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text199"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="7" w:name="Text199"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC7408" w14:paraId="00B9B5E1" w14:textId="77777777" w:rsidTr="00C40F09">
+      <w:tr w:rsidR="00164712" w14:paraId="00B9B5E1" w14:textId="2792A3B3" w:rsidTr="0057480C">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="3805" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43A6924C" w14:textId="77777777" w:rsidR="00FC7408" w:rsidRDefault="00FC7408" w:rsidP="00C40F09">
+          <w:p w14:paraId="43A6924C" w14:textId="77777777" w:rsidR="00164712" w:rsidRDefault="00164712" w:rsidP="00C40F09">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="18"/>
               <w:ind w:left="112"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>SECTION 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5755" w:type="dxa"/>
+            <w:tcW w:w="5164" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68474DD1" w14:textId="77777777" w:rsidR="00FC7408" w:rsidRDefault="00FC7408" w:rsidP="00FC7408">
+          <w:p w14:paraId="68474DD1" w14:textId="77777777" w:rsidR="00164712" w:rsidRDefault="00164712" w:rsidP="001F27FC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="18"/>
-              <w:ind w:left="1907"/>
+              <w:ind w:left="1907" w:hanging="422"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>BUDGET CATEGORY EXPENDITURES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5154" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
-          <w:p w14:paraId="12812D76" w14:textId="77777777" w:rsidR="00FC7408" w:rsidRDefault="00FC7408">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="3F9EDBA0" w14:textId="77777777" w:rsidR="00164712" w:rsidRDefault="00164712"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B1F40" w14:paraId="0CEFD10F" w14:textId="77777777" w:rsidTr="00C40F09">
+      <w:tr w:rsidR="00517C89" w14:paraId="0CEFD10F" w14:textId="517B7416" w:rsidTr="0057480C">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="3805" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F831A14" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRPr="00C40F09" w:rsidRDefault="00E85D31" w:rsidP="00C40F09">
+          <w:p w14:paraId="6F831A14" w14:textId="77777777" w:rsidR="00517C89" w:rsidRPr="00C40F09" w:rsidRDefault="00517C89" w:rsidP="00C40F09">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="109"/>
               <w:ind w:left="2399"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C40F09">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Budget Category:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10909" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="10746" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="138C6AF4" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRDefault="005B1F40">
+          <w:p w14:paraId="08215BD2" w14:textId="77777777" w:rsidR="00517C89" w:rsidRPr="00C40F09" w:rsidRDefault="00517C89" w:rsidP="00C40F09">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+              <w:spacing w:before="109"/>
+              <w:ind w:left="2399"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B1F40" w14:paraId="1ABD9E66" w14:textId="77777777" w:rsidTr="00C40F09">
+      <w:tr w:rsidR="00517C89" w14:paraId="1ABD9E66" w14:textId="77777777" w:rsidTr="0057480C">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6733EBB0" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRPr="00C40F09" w:rsidRDefault="00E85D31" w:rsidP="00C40F09">
+          <w:p w14:paraId="6733EBB0" w14:textId="77777777" w:rsidR="00E875CA" w:rsidRPr="00C40F09" w:rsidRDefault="00E875CA" w:rsidP="00C40F09">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C40F09">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Invoice Date</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DE5A477" w14:textId="77777777" w:rsidR="00FC7408" w:rsidRPr="00C40F09" w:rsidRDefault="00C40F09" w:rsidP="00C40F09">
+          <w:p w14:paraId="4DE5A477" w14:textId="77777777" w:rsidR="00E875CA" w:rsidRPr="00C40F09" w:rsidRDefault="00E875CA" w:rsidP="00C40F09">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(mm/dd/yy)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DE347C9" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRPr="00C40F09" w:rsidRDefault="005B1F40" w:rsidP="00C40F09">
+          <w:p w14:paraId="7DE347C9" w14:textId="77777777" w:rsidR="00E875CA" w:rsidRPr="00C40F09" w:rsidRDefault="00E875CA" w:rsidP="00C40F09">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1345F311" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRPr="00C40F09" w:rsidRDefault="00E85D31" w:rsidP="00C40F09">
+          <w:p w14:paraId="1345F311" w14:textId="77777777" w:rsidR="00E875CA" w:rsidRPr="00C40F09" w:rsidRDefault="00E875CA" w:rsidP="00C40F09">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="1225" w:right="1214"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C40F09">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Vendor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5755" w:type="dxa"/>
+            <w:tcW w:w="5164" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="7D8A8F31" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRDefault="005B1F40">
+          <w:p w14:paraId="7D8A8F31" w14:textId="77777777" w:rsidR="00E875CA" w:rsidRDefault="00E875CA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="8"/>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="47A43799" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRDefault="00E85D31">
+          <w:p w14:paraId="47A43799" w14:textId="77777777" w:rsidR="00E875CA" w:rsidRDefault="00E875CA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="1732"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Description of expense or match</w:t>
-            </w:r>
-[...19 lines deleted...]
-              <w:t>Check Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1079" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB50BFA" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRDefault="00E85D31">
+          <w:p w14:paraId="01F5B889" w14:textId="77777777" w:rsidR="00E875CA" w:rsidRDefault="00E875CA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="89"/>
+              <w:ind w:left="258" w:right="231" w:firstLine="57"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Check Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB50BFA" w14:textId="77777777" w:rsidR="00E875CA" w:rsidRDefault="00E875CA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="228" w:firstLine="132"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E99561C" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRDefault="00E85D31">
+          <w:p w14:paraId="1E99561C" w14:textId="77777777" w:rsidR="00E875CA" w:rsidRDefault="00E875CA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="180" w:lineRule="atLeast"/>
               <w:ind w:left="264" w:right="198" w:hanging="36"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Expense Amount</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcW w:w="1067" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B8923F2" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRDefault="00E85D31">
+          <w:p w14:paraId="7B8923F2" w14:textId="77777777" w:rsidR="00E875CA" w:rsidRDefault="00E875CA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="89"/>
               <w:ind w:left="265" w:right="231" w:firstLine="74"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Grant Amount</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1069" w:type="dxa"/>
+            <w:tcW w:w="1727" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5734E875" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRDefault="00E85D31">
-[...20 lines deleted...]
-          <w:p w14:paraId="23C6BFED" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRDefault="00E85D31">
+          <w:p w14:paraId="23C6BFED" w14:textId="77777777" w:rsidR="00E875CA" w:rsidRDefault="00E875CA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="89"/>
               <w:ind w:left="148" w:right="109" w:firstLine="33"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>In-kind Amount</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B1F40" w14:paraId="15283D2E" w14:textId="77777777" w:rsidTr="00807B28">
+      <w:tr w:rsidR="00517C89" w14:paraId="15283D2E" w14:textId="77777777" w:rsidTr="0057480C">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7772647A" w14:textId="197CE5B8" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="7772647A" w14:textId="197CE5B8" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text6"/>
+            <w:bookmarkStart w:id="8" w:name="Text6"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1662,88 +2171,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A8589B6" w14:textId="09D0379C" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="7A8589B6" w14:textId="09D0379C" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Text7"/>
+            <w:bookmarkStart w:id="9" w:name="Text7"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1767,89 +2276,89 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5755" w:type="dxa"/>
+            <w:tcW w:w="5164" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="700112CF" w14:textId="48B6A6D3" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="700112CF" w14:textId="48B6A6D3" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text8"/>
+            <w:bookmarkStart w:id="10" w:name="Text8"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1873,88 +2382,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1089" w:type="dxa"/>
+            <w:tcW w:w="1079" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="743B8D9A" w14:textId="64CDFE84" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="743B8D9A" w14:textId="64CDFE84" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text9"/>
+            <w:bookmarkStart w:id="11" w:name="Text9"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1978,89 +2487,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1079" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BB43745" w14:textId="677581C2" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="2BB43745" w14:textId="677581C2" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text10"/>
+            <w:bookmarkStart w:id="12" w:name="Text10"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2084,88 +2592,837 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcW w:w="1067" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB92251" w14:textId="10BDD8B3" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00164712" w:rsidP="00807B28">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text200"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="Text200"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BB92251" w14:textId="23C63AAB" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="16855C07" w14:textId="72B6DBE9" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text13"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="Text13"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="14"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00517C89" w14:paraId="78C00443" w14:textId="77777777" w:rsidTr="0057480C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43BFCFDF" w14:textId="4CBA9270" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text14"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="Text14"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="309686C3" w14:textId="3CE360C5" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="16" w:name="Text15"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5164" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19BCBE22" w14:textId="0A30E8A4" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="Text16"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="17"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1079" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78D6E947" w14:textId="66A20EA0" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text17"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="18" w:name="Text17"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="18"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C03B35" w14:textId="6C595E9F" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text18"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="19" w:name="Text18"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="19"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54AC482E" w14:textId="62E717EF" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text11"/>
+            <w:bookmarkStart w:id="20" w:name="Text11"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2189,96 +3446,96 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1069" w:type="dxa"/>
+            <w:tcW w:w="1727" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48664582" w14:textId="6C314029" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="438FA52A" w14:textId="775F22CC" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text12"/>
+                  <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Text12"/>
+            <w:bookmarkStart w:id="21" w:name="Text21"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2302,88 +3559,94 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00517C89" w14:paraId="6FE3EE17" w14:textId="77777777" w:rsidTr="0057480C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
+          <w:trHeight w:val="268"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcW w:w="828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16855C07" w14:textId="72B6DBE9" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="79706D88" w14:textId="1AC08582" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text13"/>
+                  <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Text13"/>
+            <w:bookmarkStart w:id="22" w:name="Text22"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2407,92 +3670,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43BFCFDF" w14:textId="4CBA9270" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="6926E986" w14:textId="30E984E6" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text14"/>
+                  <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text14"/>
+            <w:bookmarkStart w:id="23" w:name="Text23"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2516,95 +3775,89 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
-[...6 lines deleted...]
-            </w:r>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="5164" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="309686C3" w14:textId="3CE360C5" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="14D9A1E8" w14:textId="120F1600" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text15"/>
+                  <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text15"/>
+            <w:bookmarkStart w:id="24" w:name="Text24"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2628,89 +3881,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5755" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1079" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19BCBE22" w14:textId="0A30E8A4" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="7C250E28" w14:textId="116D1F77" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text16"/>
+                  <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text16"/>
+            <w:bookmarkStart w:id="25" w:name="Text25"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2734,88 +3986,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1089" w:type="dxa"/>
+            <w:tcW w:w="1709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78D6E947" w14:textId="66A20EA0" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="349CFC4F" w14:textId="18732ADA" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text17"/>
+                  <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text17"/>
+            <w:bookmarkStart w:id="26" w:name="Text26"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2839,194 +4091,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1079" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1067" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67C03B35" w14:textId="6C595E9F" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
-[...104 lines deleted...]
-          <w:p w14:paraId="54AC482E" w14:textId="17296071" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="05882C35" w14:textId="237EA548" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text19"/>
+            <w:bookmarkStart w:id="27" w:name="Text19"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3050,89 +4196,89 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1069" w:type="dxa"/>
+            <w:tcW w:w="1727" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7059E413" w14:textId="206F1619" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="377DCB10" w14:textId="353B8F36" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text20"/>
+                  <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text20"/>
+            <w:bookmarkStart w:id="28" w:name="Text29"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3156,88 +4302,94 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00517C89" w14:paraId="2361FC27" w14:textId="77777777" w:rsidTr="0057480C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcW w:w="828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="438FA52A" w14:textId="775F22CC" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="1631DAEC" w14:textId="765BAEB5" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text21"/>
+                  <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text21"/>
+            <w:bookmarkStart w:id="29" w:name="Text30"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3261,92 +4413,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79706D88" w14:textId="1AC08582" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="11A85F3D" w14:textId="08EE7FB7" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text22"/>
+                  <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text22"/>
+            <w:bookmarkStart w:id="30" w:name="Text31"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3370,88 +4518,89 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="5164" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6926E986" w14:textId="30E984E6" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="035A4FED" w14:textId="59BA3550" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text23"/>
+                  <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text23"/>
+            <w:bookmarkStart w:id="31" w:name="Text32"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3475,89 +4624,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5755" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1079" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14D9A1E8" w14:textId="120F1600" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="3AB8E362" w14:textId="0309DEBE" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text24"/>
+                  <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Text24"/>
+            <w:bookmarkStart w:id="32" w:name="Text33"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3581,88 +4729,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1089" w:type="dxa"/>
+            <w:tcW w:w="1709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C250E28" w14:textId="116D1F77" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="000E5397" w:rsidP="00807B28">
+          <w:p w14:paraId="61F7E77D" w14:textId="5B775ECD" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text25"/>
+                  <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Text25"/>
+            <w:bookmarkStart w:id="33" w:name="Text34"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3686,194 +4834,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1079" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1067" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="349CFC4F" w14:textId="18732ADA" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
-[...104 lines deleted...]
-          <w:p w14:paraId="05882C35" w14:textId="0C0C3536" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="7E788BC9" w14:textId="6CDA3C37" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text27"/>
+            <w:bookmarkStart w:id="34" w:name="Text27"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3897,89 +4939,89 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1069" w:type="dxa"/>
+            <w:tcW w:w="1727" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5414A7FF" w14:textId="161A6762" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="5F3C3249" w14:textId="77DBCFC2" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text28"/>
+                  <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Text28"/>
+            <w:bookmarkStart w:id="35" w:name="Text37"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4003,88 +5045,94 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00517C89" w14:paraId="26F90DD2" w14:textId="77777777" w:rsidTr="0057480C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcW w:w="828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="377DCB10" w14:textId="353B8F36" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="011331A6" w14:textId="1D7ECCFB" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text29"/>
+                  <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Text29"/>
+            <w:bookmarkStart w:id="36" w:name="Text38"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4108,92 +5156,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1631DAEC" w14:textId="765BAEB5" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="586459BC" w14:textId="7DD763A8" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text30"/>
+                  <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Text30"/>
+            <w:bookmarkStart w:id="37" w:name="Text39"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4217,88 +5261,89 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="5164" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11A85F3D" w14:textId="08EE7FB7" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="1CD3767D" w14:textId="68D520A1" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text31"/>
+                  <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Text31"/>
+            <w:bookmarkStart w:id="38" w:name="Text40"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4322,89 +5367,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="38"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5755" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1079" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="035A4FED" w14:textId="59BA3550" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="77755BA5" w14:textId="75C0ABB4" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text32"/>
+                  <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Text32"/>
+            <w:bookmarkStart w:id="39" w:name="Text41"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4428,88 +5472,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="39"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1089" w:type="dxa"/>
+            <w:tcW w:w="1709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AB8E362" w14:textId="0309DEBE" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="6C49B8A8" w14:textId="350CC43C" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text33"/>
+                  <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Text33"/>
+            <w:bookmarkStart w:id="40" w:name="Text42"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4533,194 +5577,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="40"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1079" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1067" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61F7E77D" w14:textId="5B775ECD" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
-[...104 lines deleted...]
-          <w:p w14:paraId="7E788BC9" w14:textId="4274D0E5" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="633DFEA3" w14:textId="6E0CD3CA" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Text35"/>
+            <w:bookmarkStart w:id="41" w:name="Text35"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4744,89 +5682,89 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="41"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1069" w:type="dxa"/>
+            <w:tcW w:w="1727" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71979501" w14:textId="518BD9C7" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="36F66E7A" w14:textId="76BB512B" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text36"/>
+                  <w:name w:val="Text45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="Text36"/>
+            <w:bookmarkStart w:id="42" w:name="Text45"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4850,88 +5788,97 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="42"/>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00517C89" w14:paraId="111E3F18" w14:textId="77777777" w:rsidTr="0057480C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
+          <w:trHeight w:val="268"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcW w:w="828" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F3C3249" w14:textId="77DBCFC2" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="3B94006A" w14:textId="16D0C0CA" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text37"/>
+                  <w:name w:val="Text46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="Text37"/>
+            <w:bookmarkStart w:id="43" w:name="Text46"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4955,92 +5902,91 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="43"/>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="011331A6" w14:textId="1D7ECCFB" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="37E0B528" w14:textId="4AEE073B" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text38"/>
+                  <w:name w:val="Text47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="37" w:name="Text38"/>
+            <w:bookmarkStart w:id="44" w:name="Text47"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5064,88 +6010,92 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="44"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="5164" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="586459BC" w14:textId="7DD763A8" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="4292806B" w14:textId="72049C31" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text39"/>
+                  <w:name w:val="Text48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="38" w:name="Text39"/>
+            <w:bookmarkStart w:id="45" w:name="Text48"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5169,89 +6119,91 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="45"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5755" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1079" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CD3767D" w14:textId="68D520A1" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="09556E41" w14:textId="02E683C0" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text40"/>
+                  <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="Text40"/>
+            <w:bookmarkStart w:id="46" w:name="Text49"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5275,88 +6227,91 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="46"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1089" w:type="dxa"/>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77755BA5" w14:textId="75C0ABB4" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="2D735DE0" w14:textId="06D02800" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text41"/>
+                  <w:name w:val="Text50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="40" w:name="Text41"/>
+            <w:bookmarkStart w:id="47" w:name="Text50"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5380,842 +6335,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="47"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1079" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1067" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C49B8A8" w14:textId="350CC43C" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
-[...104 lines deleted...]
-          <w:p w14:paraId="633DFEA3" w14:textId="59056C7F" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="3DE51EEF" w14:textId="2ED8D785" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="42" w:name="Text43"/>
-[...647 lines deleted...]
-            <w:bookmarkStart w:id="48" w:name="Text49"/>
+            <w:bookmarkStart w:id="48" w:name="Text43"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6244,87 +6445,87 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="48"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1079" w:type="dxa"/>
+            <w:tcW w:w="1727" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D735DE0" w14:textId="06D02800" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="5842AE1C" w14:textId="35757154" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text50"/>
+                  <w:name w:val="Text53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="49" w:name="Text50"/>
+            <w:bookmarkStart w:id="49" w:name="Text53"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6349,636 +6550,637 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="49"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00517C89" w14:paraId="0DFB319A" w14:textId="77777777" w:rsidTr="0057480C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="506723CE" w14:textId="692FFF7E" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text54"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="50" w:name="Text54"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="50"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD5767F" w14:textId="70A24204" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text55"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="51" w:name="Text55"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="51"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5164" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B2FA5C0" w14:textId="7FC7DC19" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text56"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="52" w:name="Text56"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="52"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1079" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF698C1" w14:textId="6BC04CA0" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text57"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="53" w:name="Text57"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="53"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="084F146F" w14:textId="560E6424" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text58"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="54" w:name="Text58"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="54"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DE51EEF" w14:textId="2E07F063" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="5CCFA483" w14:textId="1923642D" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text51"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="50" w:name="Text51"/>
-[...545 lines deleted...]
-            <w:bookmarkStart w:id="55" w:name="Text56"/>
+            <w:bookmarkStart w:id="55" w:name="Text51"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7007,195 +7209,198 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="55"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1089" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1079" w:type="dxa"/>
+            <w:tcW w:w="1727" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="084F146F" w14:textId="560E6424" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="53A8CE32" w14:textId="7F738DA3" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text58"/>
+                  <w:name w:val="Text61"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="57" w:name="Text58"/>
+            <w:bookmarkStart w:id="56" w:name="Text61"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="56"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00517C89" w14:paraId="0D2A7A24" w14:textId="77777777" w:rsidTr="0057480C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78AAA7D3" w14:textId="1B2DEBCE" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text62"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="57" w:name="Text62"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7224,86 +7429,507 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="57"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F54369" w14:textId="0B9F085D" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="58" w:name="Text63"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="58"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5164" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D27F36D" w14:textId="06AB3F2C" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text64"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="59" w:name="Text64"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="59"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1079" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B28619" w14:textId="221DEDE6" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text65"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="60" w:name="Text65"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="60"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BCF3D54" w14:textId="46F924DA" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text66"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="61" w:name="Text66"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="61"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CCFA483" w14:textId="302A27BD" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="6870ADF5" w14:textId="4DEABDF6" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="58" w:name="Text59"/>
+            <w:bookmarkStart w:id="62" w:name="Text59"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7327,92 +7953,89 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="58"/>
+            <w:bookmarkEnd w:id="62"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1069" w:type="dxa"/>
+            <w:tcW w:w="1727" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24E72CA7" w14:textId="125AD148" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="1EFDE442" w14:textId="4B90D65F" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text60"/>
+                  <w:name w:val="Text69"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="59" w:name="Text60"/>
+            <w:bookmarkStart w:id="63" w:name="Text69"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7436,91 +8059,94 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="59"/>
+            <w:bookmarkEnd w:id="63"/>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00517C89" w14:paraId="48E6397F" w14:textId="77777777" w:rsidTr="0057480C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
+          <w:trHeight w:val="268"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53A8CE32" w14:textId="7F738DA3" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="319C7977" w14:textId="41383DA5" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text61"/>
+                  <w:name w:val="Text70"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="60" w:name="Text61"/>
+            <w:bookmarkStart w:id="64" w:name="Text70"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7544,92 +8170,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="60"/>
+            <w:bookmarkEnd w:id="64"/>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78AAA7D3" w14:textId="1B2DEBCE" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="5AECA185" w14:textId="0FAAE596" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text62"/>
+                  <w:name w:val="Text71"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="61" w:name="Text62"/>
+            <w:bookmarkStart w:id="65" w:name="Text71"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7653,88 +8275,89 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="61"/>
+            <w:bookmarkEnd w:id="65"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="5164" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45F54369" w14:textId="0B9F085D" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="42FD5C9C" w14:textId="2B41C686" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text63"/>
+                  <w:name w:val="Text72"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="62" w:name="Text63"/>
+            <w:bookmarkStart w:id="66" w:name="Text72"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7758,89 +8381,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="62"/>
+            <w:bookmarkEnd w:id="66"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5755" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1079" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D27F36D" w14:textId="06AB3F2C" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="0CD698BA" w14:textId="58A9388A" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text64"/>
+                  <w:name w:val="Text73"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="63" w:name="Text64"/>
+            <w:bookmarkStart w:id="67" w:name="Text73"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7864,88 +8486,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="63"/>
+            <w:bookmarkEnd w:id="67"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1089" w:type="dxa"/>
+            <w:tcW w:w="1709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30B28619" w14:textId="221DEDE6" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="1FADD90F" w14:textId="68ABF75B" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text65"/>
+                  <w:name w:val="Text74"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="64" w:name="Text65"/>
+            <w:bookmarkStart w:id="68" w:name="Text74"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7969,194 +8591,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="64"/>
+            <w:bookmarkEnd w:id="68"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1079" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1067" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BCF3D54" w14:textId="46F924DA" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
-[...104 lines deleted...]
-          <w:p w14:paraId="6870ADF5" w14:textId="5792E3FE" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="6B6CE4D8" w14:textId="5C4515FE" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text67"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="66" w:name="Text67"/>
+            <w:bookmarkStart w:id="69" w:name="Text67"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -8180,89 +8696,89 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="66"/>
+            <w:bookmarkEnd w:id="69"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1069" w:type="dxa"/>
+            <w:tcW w:w="1727" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45CE862A" w14:textId="680E5256" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="0ED628C1" w14:textId="1267B722" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text68"/>
+                  <w:name w:val="Text77"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="67" w:name="Text68"/>
+            <w:bookmarkStart w:id="70" w:name="Text77"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -8286,88 +8802,94 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="67"/>
+            <w:bookmarkEnd w:id="70"/>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00517C89" w14:paraId="34587A03" w14:textId="77777777" w:rsidTr="0057480C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcW w:w="828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EFDE442" w14:textId="4B90D65F" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="005E7CF3" w:rsidP="00807B28">
+          <w:p w14:paraId="43389E9E" w14:textId="0027EB43" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text69"/>
+                  <w:name w:val="Text78"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="68" w:name="Text69"/>
+            <w:bookmarkStart w:id="71" w:name="Text78"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -8391,92 +8913,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="68"/>
+            <w:bookmarkEnd w:id="71"/>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="319C7977" w14:textId="41383DA5" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="6E29F94C" w14:textId="292701A1" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text70"/>
+                  <w:name w:val="Text79"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="69" w:name="Text70"/>
+            <w:bookmarkStart w:id="72" w:name="Text79"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -8500,88 +9018,89 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="69"/>
+            <w:bookmarkEnd w:id="72"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="5164" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AECA185" w14:textId="0FAAE596" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="5B4DDA02" w14:textId="0B49B038" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text71"/>
+                  <w:name w:val="Text80"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="70" w:name="Text71"/>
+            <w:bookmarkStart w:id="73" w:name="Text80"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -8605,89 +9124,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="70"/>
+            <w:bookmarkEnd w:id="73"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5755" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1079" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42FD5C9C" w14:textId="2B41C686" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="54B1733D" w14:textId="709938DE" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text72"/>
+                  <w:name w:val="Text81"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="71" w:name="Text72"/>
+            <w:bookmarkStart w:id="74" w:name="Text81"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -8711,88 +9229,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="71"/>
+            <w:bookmarkEnd w:id="74"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1089" w:type="dxa"/>
+            <w:tcW w:w="1709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CD698BA" w14:textId="58A9388A" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="369ED64F" w14:textId="7FA4A219" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text73"/>
+                  <w:name w:val="Text82"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="72" w:name="Text73"/>
+            <w:bookmarkStart w:id="75" w:name="Text82"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -8816,194 +9334,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="72"/>
+            <w:bookmarkEnd w:id="75"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1079" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1067" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FADD90F" w14:textId="68ABF75B" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
-[...104 lines deleted...]
-          <w:p w14:paraId="6B6CE4D8" w14:textId="7DEE486E" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="069064CD" w14:textId="2A74D8EA" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text75"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="74" w:name="Text75"/>
+            <w:bookmarkStart w:id="76" w:name="Text75"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -9027,89 +9439,89 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="74"/>
+            <w:bookmarkEnd w:id="76"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1069" w:type="dxa"/>
+            <w:tcW w:w="1727" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B942ED9" w14:textId="4064A490" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="4A0B7370" w14:textId="3A5CC2CA" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text76"/>
+                  <w:name w:val="Text85"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="75" w:name="Text76"/>
+            <w:bookmarkStart w:id="77" w:name="Text85"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -9133,88 +9545,94 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="75"/>
+            <w:bookmarkEnd w:id="77"/>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00517C89" w14:paraId="38292613" w14:textId="77777777" w:rsidTr="0057480C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcW w:w="828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED628C1" w14:textId="1267B722" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="414D9543" w14:textId="21193ED5" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text77"/>
+                  <w:name w:val="Text86"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="76" w:name="Text77"/>
+            <w:bookmarkStart w:id="78" w:name="Text86"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -9238,92 +9656,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="76"/>
+            <w:bookmarkEnd w:id="78"/>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43389E9E" w14:textId="0027EB43" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="586412D1" w14:textId="28C74A39" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text78"/>
+                  <w:name w:val="Text87"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="77" w:name="Text78"/>
+            <w:bookmarkStart w:id="79" w:name="Text87"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -9347,299 +9761,89 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="77"/>
+            <w:bookmarkEnd w:id="79"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="5164" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E29F94C" w14:textId="292701A1" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="1232AFD9" w14:textId="2B1A5651" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text79"/>
+                  <w:name w:val="Text88"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="78" w:name="Text79"/>
-[...210 lines deleted...]
-            <w:bookmarkStart w:id="80" w:name="Text81"/>
+            <w:bookmarkStart w:id="80" w:name="Text88"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -9669,83 +9873,82 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="80"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1079" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="369ED64F" w14:textId="7FA4A219" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="3D90DC18" w14:textId="0AEC85BA" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text82"/>
+                  <w:name w:val="Text89"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="81" w:name="Text82"/>
+            <w:bookmarkStart w:id="81" w:name="Text89"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -9774,83 +9977,188 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="81"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcW w:w="1709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="069064CD" w14:textId="4D827187" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="79584A66" w14:textId="2364D8B5" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text90"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="82" w:name="Text90"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="82"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B2B2869" w14:textId="566214B7" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text83"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="82" w:name="Text83"/>
+            <w:bookmarkStart w:id="83" w:name="Text83"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -9874,89 +10182,89 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="82"/>
+            <w:bookmarkEnd w:id="83"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1069" w:type="dxa"/>
+            <w:tcW w:w="1727" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C77C69D" w14:textId="413037DD" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="6B7665B8" w14:textId="55348749" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text84"/>
+                  <w:name w:val="Text93"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="83" w:name="Text84"/>
+            <w:bookmarkStart w:id="84" w:name="Text93"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -9980,88 +10288,94 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="83"/>
+            <w:bookmarkEnd w:id="84"/>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00517C89" w14:paraId="4D1D162B" w14:textId="77777777" w:rsidTr="0057480C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
+          <w:trHeight w:val="268"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcW w:w="828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A0B7370" w14:textId="3A5CC2CA" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="1DA685D7" w14:textId="34AAB5A7" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text85"/>
+                  <w:name w:val="Text94"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="84" w:name="Text85"/>
+            <w:bookmarkStart w:id="85" w:name="Text94"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -10085,92 +10399,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="84"/>
+            <w:bookmarkEnd w:id="85"/>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="414D9543" w14:textId="21193ED5" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="186941E7" w14:textId="282AE475" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text86"/>
+                  <w:name w:val="Text95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="85" w:name="Text86"/>
+            <w:bookmarkStart w:id="86" w:name="Text95"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -10194,88 +10504,89 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="85"/>
+            <w:bookmarkEnd w:id="86"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="5164" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="586412D1" w14:textId="28C74A39" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="1912089F" w14:textId="463A2975" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text87"/>
+                  <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="86" w:name="Text87"/>
+            <w:bookmarkStart w:id="87" w:name="Text96"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -10299,89 +10610,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="86"/>
+            <w:bookmarkEnd w:id="87"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5755" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1079" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1232AFD9" w14:textId="2B1A5651" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="63E17D19" w14:textId="14A54D2C" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text88"/>
+                  <w:name w:val="Text97"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="87" w:name="Text88"/>
+            <w:bookmarkStart w:id="88" w:name="Text97"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -10405,194 +10715,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="87"/>
+            <w:bookmarkEnd w:id="88"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1089" w:type="dxa"/>
+            <w:tcW w:w="1709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D90DC18" w14:textId="0AEC85BA" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="5C8910E8" w14:textId="4984AD30" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text89"/>
+                  <w:name w:val="Text98"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="88" w:name="Text89"/>
-[...105 lines deleted...]
-            <w:bookmarkStart w:id="89" w:name="Text90"/>
+            <w:bookmarkStart w:id="89" w:name="Text98"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -10621,54 +10825,54 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="89"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcW w:w="1067" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B2B2869" w14:textId="1ACFE2D7" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="115A728B" w14:textId="1B45F911" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text91"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -10726,84 +10930,84 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="90"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1069" w:type="dxa"/>
+            <w:tcW w:w="1727" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51BA19A3" w14:textId="56555EDF" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="677D4DC3" w14:textId="37549E33" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text92"/>
+                  <w:name w:val="Text101"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="91" w:name="Text92"/>
+            <w:bookmarkStart w:id="91" w:name="Text101"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -10830,85 +11034,91 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="91"/>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00517C89" w14:paraId="149434B3" w14:textId="77777777" w:rsidTr="0057480C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcW w:w="828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B7665B8" w14:textId="55348749" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="6FE851C6" w14:textId="4CA9B94D" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text93"/>
+                  <w:name w:val="Text102"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="92" w:name="Text93"/>
+            <w:bookmarkStart w:id="92" w:name="Text102"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -10935,89 +11145,85 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="92"/>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA685D7" w14:textId="34AAB5A7" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="3E96172F" w14:textId="22746A91" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text94"/>
+                  <w:name w:val="Text103"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="93" w:name="Text94"/>
+            <w:bookmarkStart w:id="93" w:name="Text103"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11046,83 +11252,84 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="93"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="5164" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="186941E7" w14:textId="282AE475" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="1F044277" w14:textId="2B99A23A" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text95"/>
+                  <w:name w:val="Text104"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="94" w:name="Text95"/>
+            <w:bookmarkStart w:id="94" w:name="Text104"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11151,84 +11358,83 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="94"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5755" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1079" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1912089F" w14:textId="463A2975" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="01768149" w14:textId="03C8C26B" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text96"/>
+                  <w:name w:val="Text105"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="95" w:name="Text96"/>
+            <w:bookmarkStart w:id="95" w:name="Text105"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11257,83 +11463,83 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="95"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1089" w:type="dxa"/>
+            <w:tcW w:w="1709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63E17D19" w14:textId="14A54D2C" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="3A4A8DE2" w14:textId="6FE7AEA1" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text97"/>
+                  <w:name w:val="Text106"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="96" w:name="Text97"/>
+            <w:bookmarkStart w:id="96" w:name="Text106"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11362,189 +11568,83 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="96"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1079" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1067" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C8910E8" w14:textId="4984AD30" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
-[...104 lines deleted...]
-          <w:p w14:paraId="115A728B" w14:textId="3E52CE95" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
+          <w:p w14:paraId="5931F211" w14:textId="0EBDA619" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text99"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="98" w:name="Text99"/>
+            <w:bookmarkStart w:id="97" w:name="Text99"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11568,1041 +11668,89 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="98"/>
+            <w:bookmarkEnd w:id="97"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1069" w:type="dxa"/>
+            <w:tcW w:w="1727" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55E9054D" w14:textId="1C0A4822" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="00711EAF" w:rsidP="00807B28">
-[...951 lines deleted...]
-          <w:p w14:paraId="2D93A7AC" w14:textId="5CB6341E" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="0033496F" w:rsidP="00807B28">
+          <w:p w14:paraId="2D93A7AC" w14:textId="5CB6341E" w:rsidR="00E875CA" w:rsidRPr="000E5397" w:rsidRDefault="00E875CA" w:rsidP="00807B28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text109"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="108" w:name="Text109"/>
+            <w:bookmarkStart w:id="98" w:name="Text109"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -12626,92 +11774,147 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="108"/>
+            <w:bookmarkEnd w:id="98"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B1F40" w14:paraId="2FC62CA1" w14:textId="77777777" w:rsidTr="00807B28">
+      <w:tr w:rsidR="00861C18" w14:paraId="1E33ED00" w14:textId="77777777" w:rsidTr="0057480C">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14B667E2" w14:textId="4CAB4BEA" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="0033496F" w:rsidP="00807B28">
+          <w:p w14:paraId="3FB4AEBC" w14:textId="77777777" w:rsidR="00861C18" w:rsidRDefault="00861C18" w:rsidP="00861C18">
             <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A04A3A" w14:textId="77777777" w:rsidR="00861C18" w:rsidRDefault="00861C18" w:rsidP="00861C18">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5164" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4C4413" w14:textId="6E95FE8B" w:rsidR="00861C18" w:rsidRDefault="00861C18" w:rsidP="00861C18">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Totals:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1079" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01DC5ECE" w14:textId="4342264E" w:rsidR="00861C18" w:rsidRDefault="00861C18" w:rsidP="00861C18">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text110"/>
+                  <w:name w:val="Text129"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="109" w:name="Text110"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -12735,88 +11938,86 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="109"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="1709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34BC0D10" w14:textId="490881E3" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="0033496F" w:rsidP="00807B28">
+          <w:p w14:paraId="7E2DA666" w14:textId="5BC44A89" w:rsidR="00861C18" w:rsidRDefault="00861C18" w:rsidP="00861C18">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text111"/>
+                  <w:name w:val="Text130"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="110" w:name="Text111"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -12840,1252 +12041,86 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="110"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5755" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1067" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4DEEFD" w14:textId="247F0A59" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="0033496F" w:rsidP="00807B28">
-[...1162 lines deleted...]
-          <w:p w14:paraId="58011967" w14:textId="0CC92DAF" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="0033496F" w:rsidP="00807B28">
+          <w:p w14:paraId="3855A5A5" w14:textId="146C5F8F" w:rsidR="00861C18" w:rsidRDefault="00861C18" w:rsidP="00861C18">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text123"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="122" w:name="Text123"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -14109,1041 +12144,87 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="122"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1069" w:type="dxa"/>
+            <w:tcW w:w="1727" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D385C02" w14:textId="363524DA" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="0033496F" w:rsidP="00807B28">
-[...951 lines deleted...]
-          <w:p w14:paraId="4FCC6EA1" w14:textId="21D43614" w:rsidR="005B1F40" w:rsidRPr="000E5397" w:rsidRDefault="0033496F" w:rsidP="00807B28">
+          <w:p w14:paraId="48C08ED2" w14:textId="1C9AB91C" w:rsidR="00861C18" w:rsidRDefault="00861C18" w:rsidP="00861C18">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text133"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="132" w:name="Text133"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -15167,6464 +12248,269 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="132"/>
-[...6375 lines deleted...]
-            <w:bookmarkEnd w:id="192"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="074D0EF0" w14:textId="77777777" w:rsidR="005B1F40" w:rsidRDefault="005B1F40">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="7"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3242CFA6" w14:textId="0FBA37D5" w:rsidR="005B1F40" w:rsidRDefault="00E85D31">
+    <w:p w14:paraId="0FE45F76" w14:textId="6626CB3C" w:rsidR="007720F5" w:rsidRDefault="0057480C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9741"/>
+          <w:tab w:val="left" w:pos="10067"/>
+          <w:tab w:val="left" w:pos="14446"/>
+        </w:tabs>
+        <w:spacing w:before="96"/>
+        <w:ind w:left="168"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Print</w:t>
+      </w:r>
+      <w:r w:rsidR="00B01386">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (first, last)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>: __</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002432AD">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text201"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="99" w:name="Text201"/>
+      <w:r w:rsidRPr="002432AD">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="002432AD">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="002432AD">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="002432AD">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002432AD">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002432AD">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002432AD">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002432AD">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002432AD">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699D2DDB" w14:textId="77777777" w:rsidR="0057480C" w:rsidRDefault="0057480C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9741"/>
+          <w:tab w:val="left" w:pos="10067"/>
+          <w:tab w:val="left" w:pos="14446"/>
+        </w:tabs>
+        <w:spacing w:before="96"/>
+        <w:ind w:left="168"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47A36A2A" w14:textId="77777777" w:rsidR="0057480C" w:rsidRDefault="0057480C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9741"/>
+          <w:tab w:val="left" w:pos="10067"/>
+          <w:tab w:val="left" w:pos="14446"/>
+        </w:tabs>
+        <w:spacing w:before="96"/>
+        <w:ind w:left="168"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3242CFA6" w14:textId="632CA7EB" w:rsidR="005B1F40" w:rsidRDefault="00E85D31">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9741"/>
           <w:tab w:val="left" w:pos="10067"/>
           <w:tab w:val="left" w:pos="14446"/>
         </w:tabs>
         <w:spacing w:before="96"/>
         <w:ind w:left="168"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Signature:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B306F">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:pict w14:anchorId="4332DA55">
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Signature Line, Unsigned" style="width:192pt;height:96pt">
+            <v:imagedata r:id="rId12" o:title=""/>
+            <o:lock v:ext="edit" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t" grouping="t"/>
+            <o:signatureline v:ext="edit" id="{43FA7DC3-83F3-48B4-B0A6-CA8762534269}" provid="{00000000-0000-0000-0000-000000000000}" issignatureline="t"/>
+          </v:shape>
+        </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>Date</w:t>
       </w:r>
       <w:r w:rsidR="00C40F09">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C40F09" w:rsidRPr="00FC7408">
         <w:rPr>
           <w:i/>
           <w:sz w:val="14"/>
@@ -21638,51 +12524,51 @@
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00807B28" w:rsidRPr="00807B28">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text194"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="193" w:name="Text194"/>
+      <w:bookmarkStart w:id="100" w:name="Text194"/>
       <w:r w:rsidR="00807B28" w:rsidRPr="00807B28">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00807B28" w:rsidRPr="00807B28">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00807B28" w:rsidRPr="00807B28">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00807B28" w:rsidRPr="00807B28">
         <w:rPr>
@@ -21715,176 +12601,213 @@
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00807B28" w:rsidRPr="00807B28">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00807B28" w:rsidRPr="00807B28">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="193"/>
+      <w:bookmarkEnd w:id="100"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005B1F40">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="400" w:right="380" w:bottom="280" w:left="480" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="XZREE9ZgQZ81XMDrrG/aDnch/3GKjaL9yqzwUzd/42okfCLRywmmv1KMAr5MzmaiwuTbfWTUTgtGrrhZVpxOPQ==" w:salt="nmrehuebV4B0tUamYwbMWA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="J9ANTjVq25DFZz4pEsvGB7qiyhFY/vhN1g/G0LQXjLc94e5GGKiu20NyRWSh8JoqAJNZP8S3jaX6fS5S6Gi5Ow==" w:salt="+4VIT8D4YZdnhmMoO/EJGQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B1F40"/>
+    <w:rsid w:val="0004785A"/>
     <w:rsid w:val="0007131F"/>
+    <w:rsid w:val="000806A6"/>
     <w:rsid w:val="000E5397"/>
     <w:rsid w:val="00152B78"/>
+    <w:rsid w:val="00164712"/>
     <w:rsid w:val="001A0515"/>
+    <w:rsid w:val="001B5A07"/>
+    <w:rsid w:val="001F27FC"/>
+    <w:rsid w:val="002325A5"/>
+    <w:rsid w:val="002432AD"/>
+    <w:rsid w:val="002B306F"/>
     <w:rsid w:val="0033496F"/>
+    <w:rsid w:val="003E3A2B"/>
     <w:rsid w:val="00452E5B"/>
+    <w:rsid w:val="004F2565"/>
+    <w:rsid w:val="00517C89"/>
+    <w:rsid w:val="0053253C"/>
+    <w:rsid w:val="00541719"/>
+    <w:rsid w:val="0057480C"/>
+    <w:rsid w:val="00596777"/>
+    <w:rsid w:val="005A2483"/>
     <w:rsid w:val="005B1F40"/>
+    <w:rsid w:val="005E6649"/>
     <w:rsid w:val="005E7CF3"/>
     <w:rsid w:val="006769A8"/>
+    <w:rsid w:val="006E684F"/>
+    <w:rsid w:val="0071150B"/>
     <w:rsid w:val="00711EAF"/>
+    <w:rsid w:val="007720F5"/>
+    <w:rsid w:val="007740B4"/>
+    <w:rsid w:val="007D053B"/>
     <w:rsid w:val="00807B28"/>
+    <w:rsid w:val="0081229C"/>
+    <w:rsid w:val="00812ECA"/>
+    <w:rsid w:val="00861C18"/>
+    <w:rsid w:val="008E6BE2"/>
     <w:rsid w:val="009200D9"/>
     <w:rsid w:val="009576B1"/>
+    <w:rsid w:val="009C18C8"/>
     <w:rsid w:val="009C42D1"/>
+    <w:rsid w:val="00A23C58"/>
+    <w:rsid w:val="00AA4DFD"/>
+    <w:rsid w:val="00AF5D9A"/>
+    <w:rsid w:val="00B01386"/>
+    <w:rsid w:val="00B52AEE"/>
+    <w:rsid w:val="00BE03CC"/>
     <w:rsid w:val="00BF7426"/>
     <w:rsid w:val="00C40F09"/>
     <w:rsid w:val="00C85E2F"/>
+    <w:rsid w:val="00CF36EA"/>
+    <w:rsid w:val="00D02992"/>
+    <w:rsid w:val="00DC14D5"/>
     <w:rsid w:val="00E85D31"/>
+    <w:rsid w:val="00E875CA"/>
     <w:rsid w:val="00EE227F"/>
+    <w:rsid w:val="00F23BEB"/>
     <w:rsid w:val="00FC7408"/>
     <w:rsid w:val="00FE7DDD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0C40414A"/>
   <w15:docId w15:val="{B056DFFE-FAE0-4E1A-92C5-5E9DB141396D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -22339,55 +13262,55 @@
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009576B1"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.in.gov/idem/resources/grants_loans/recycling/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WasteTireGrants@idem.IN.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.in.gov/idem/resources/grants_loans/recycling/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.in.gov/idem/resources/grants_loans/recycling/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WasteTireGrants@idem.IN.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.in.gov/idem/resources/grants_loans/recycling/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -22629,84 +13552,381 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="1c6c5bd4-c8c2-4d30-9e80-8bec029e6c07" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="59ada48c-0d76-4961-bbc6-dc9d864392fa">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FF5890E0C2ECD34D9A65489E29411E07" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="debd048ca91a96b63b55c4b9a5a8c3f3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="59ada48c-0d76-4961-bbc6-dc9d864392fa" xmlns:ns3="1c6c5bd4-c8c2-4d30-9e80-8bec029e6c07" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b4586b9a31768ad7bef6ae1f517a06d4" ns2:_="" ns3:_="">
+    <xsd:import namespace="59ada48c-0d76-4961-bbc6-dc9d864392fa"/>
+    <xsd:import namespace="1c6c5bd4-c8c2-4d30-9e80-8bec029e6c07"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="59ada48c-0d76-4961-bbc6-dc9d864392fa" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="a2675d46-00a0-495e-b90c-e7abf5d36b7d" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1c6c5bd4-c8c2-4d30-9e80-8bec029e6c07" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6d58fc92-8691-41f0-a5f9-337c8f63c5d9}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="1c6c5bd4-c8c2-4d30-9e80-8bec029e6c07">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46BD596F-453A-4C47-A133-4EB17C5A7E2E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1c6c5bd4-c8c2-4d30-9e80-8bec029e6c07"/>
+    <ds:schemaRef ds:uri="59ada48c-0d76-4961-bbc6-dc9d864392fa"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2DD78FCD-8566-4C6E-82DF-1B3CF332BC44}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="59ada48c-0d76-4961-bbc6-dc9d864392fa"/>
+    <ds:schemaRef ds:uri="1c6c5bd4-c8c2-4d30-9e80-8bec029e6c07"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20898F79-3EEC-4117-8A96-2D46A7B8CE27}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D65EBA4A-A8FF-4D0A-9A3A-F0ADE55ACA8A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{2199bfba-a409-4f13-b0c4-18b45933d88d}" enabled="0" method="" siteId="{2199bfba-a409-4f13-b0c4-18b45933d88d}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4453</Characters>
+  <Pages>2</Pages>
+  <Words>540</Words>
+  <Characters>3083</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Indiana</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5224</CharactersWithSpaces>
+  <CharactersWithSpaces>3616</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2020-04-23T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 20 for Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2020-05-08T00:00:00Z</vt:filetime>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
+    <vt:lpwstr>0x010100FF5890E0C2ECD34D9A65489E29411E07</vt:lpwstr>
+  </property>
 </Properties>
 </file>