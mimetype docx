--- v0 (2025-11-28)
+++ v1 (2026-01-14)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="TIF" ContentType="image/tiff"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="11326" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1173"/>
         <w:gridCol w:w="3327"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="3586"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BF56E9" w14:paraId="0D8476D9" w14:textId="77777777" w:rsidTr="003751CF">
         <w:trPr>
           <w:trHeight w:val="1042"/>
@@ -128,84 +128,124 @@
           </w:tcPr>
           <w:p w14:paraId="4D93CCBE" w14:textId="72A3653A" w:rsidR="00BF56E9" w:rsidRPr="00631B5F" w:rsidRDefault="00267C8B" w:rsidP="00BF56E9">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00631B5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>REQUEST FOR SERVICES</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A22868A" w14:textId="267DB663" w:rsidR="00BF56E9" w:rsidRDefault="00BF56E9" w:rsidP="00BF56E9">
+          <w:p w14:paraId="3A22868A" w14:textId="1D40D8BF" w:rsidR="00BF56E9" w:rsidRDefault="00BF56E9" w:rsidP="00BF56E9">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00037E99">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">State Form </w:t>
             </w:r>
             <w:r w:rsidR="00267C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>56676 (</w:t>
             </w:r>
             <w:r w:rsidR="00824D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>R / 7-22</w:t>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="00806A77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00824D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00806A77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00824D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>-2</w:t>
+            </w:r>
+            <w:r w:rsidR="00806A77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00267C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EC98586" w14:textId="05BC3703" w:rsidR="007978BC" w:rsidRDefault="00824D3B" w:rsidP="00BF56E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="292C2B"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="292C2B"/>
@@ -334,219 +374,270 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E3261F2" w14:textId="2A8FD19D" w:rsidR="00B557E9" w:rsidRDefault="00267C8B" w:rsidP="009E3A4E">
+          <w:p w14:paraId="4C071CA0" w14:textId="77777777" w:rsidR="00806A77" w:rsidRPr="00806A77" w:rsidRDefault="00267C8B" w:rsidP="00806A77">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
+                <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">NOTE: All filming will be completed at the State Imaging and Microfilm </w:t>
             </w:r>
             <w:r w:rsidR="00740816" w:rsidRPr="00654BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidRPr="00654BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">aboratory and will meet the requirements of 60 IAC 2. All </w:t>
+              <w:t xml:space="preserve">aboratory and will meet the requirements of </w:t>
+            </w:r>
+            <w:r w:rsidR="00806A77" w:rsidRPr="00806A77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Indiana Rules of Court - Administrative</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E3261F2" w14:textId="47E1F3FA" w:rsidR="00B557E9" w:rsidRDefault="00806A77" w:rsidP="00806A77">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00806A77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Rule 6</w:t>
+            </w:r>
+            <w:r w:rsidR="00267C8B" w:rsidRPr="00654BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. All </w:t>
             </w:r>
             <w:r w:rsidR="00992A5E" w:rsidRPr="00654BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Master </w:t>
             </w:r>
             <w:r w:rsidR="009E00E3" w:rsidRPr="00654BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidR="00992A5E" w:rsidRPr="00654BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>icrofilm</w:t>
             </w:r>
-            <w:r w:rsidRPr="00654BC9">
+            <w:r w:rsidR="00267C8B" w:rsidRPr="00654BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> will be transferred to the Indiana State Archives in accordance with IC 5-15-5.1-11</w:t>
             </w:r>
             <w:r w:rsidR="009E00E3" w:rsidRPr="00654BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00654BC9">
+            <w:r w:rsidR="00267C8B" w:rsidRPr="00654BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> unless otherwise decided. Storage of master film</w:t>
             </w:r>
             <w:r w:rsidR="005C72DD" w:rsidRPr="00654BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00654BC9">
+            <w:r w:rsidR="00267C8B" w:rsidRPr="00654BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> in the Indiana </w:t>
             </w:r>
             <w:r w:rsidR="00912FBF" w:rsidRPr="00654BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="00654BC9">
+            <w:r w:rsidR="00267C8B" w:rsidRPr="00654BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>rchives and Records Administration vault</w:t>
             </w:r>
             <w:r w:rsidR="005C72DD" w:rsidRPr="00654BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00654BC9">
+            <w:r w:rsidR="00267C8B" w:rsidRPr="00654BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> is provided at no additional cost</w:t>
             </w:r>
             <w:r w:rsidR="005C72DD" w:rsidRPr="00654BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> and is dependent </w:t>
             </w:r>
             <w:r w:rsidR="009A39E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -4212,58 +4303,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Check1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00294BC3" w:rsidRPr="005D0169">
@@ -4609,58 +4700,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Check2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00294BC3" w:rsidRPr="005D0169">
@@ -5006,58 +5097,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Check3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00294BC3">
@@ -5417,58 +5508,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Check4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00294BC3">
@@ -5963,58 +6054,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Check5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00294BC3">
@@ -6353,58 +6444,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Check6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00294BC3">
@@ -6743,58 +6834,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Check7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00294BC3">
@@ -7133,58 +7224,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Check8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00294BC3">
@@ -7523,58 +7614,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Check9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00294BC3">
@@ -7913,58 +8004,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="Check10"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00294BC3">
@@ -8309,58 +8400,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="14" w:name="Check11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00294BC3">
@@ -8830,58 +8921,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="15" w:name="Check12"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00294BC3">
@@ -9277,58 +9368,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="16" w:name="Check13"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00294BC3">
@@ -9681,58 +9772,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="Check14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00294BC3">
@@ -10085,58 +10176,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="Check15"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003B4ACF">
@@ -10489,58 +10580,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="19" w:name="Check16"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00294BC3">
@@ -10893,58 +10984,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="20" w:name="Check17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00294BC3">
@@ -11493,58 +11584,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="Check18"/>
             <w:r w:rsidR="00A960AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r w:rsidR="00A960AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A960AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A960AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
             <w:r w:rsidR="00A960AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -11560,58 +11651,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="22" w:name="Check19"/>
             <w:r w:rsidR="00A960AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r w:rsidR="00A960AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A960AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A960AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="22"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009E265E">
@@ -11769,58 +11860,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="23" w:name="Check20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007A002E">
@@ -11852,58 +11943,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="24" w:name="Check23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="24"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007A002E">
@@ -11935,58 +12026,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="25" w:name="Check26"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="25"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007A002E">
@@ -12144,58 +12235,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="26" w:name="Check21"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="26"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007A002E">
@@ -12227,58 +12318,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="27" w:name="Check25"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="27"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007A002E">
@@ -12315,58 +12406,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="28" w:name="Check22"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="28"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BA18F4">
@@ -12398,58 +12489,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="29" w:name="Check24"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="29"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BA18F4">
@@ -12481,58 +12572,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="30" w:name="Check27"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="30"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BA18F4">
@@ -12923,58 +13014,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="31" w:name="Check28"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="31"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008B7AB8">
@@ -13426,58 +13517,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="32" w:name="Check29"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="32"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D4024C">
@@ -13816,58 +13907,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="33" w:name="Check30"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D4024C">
@@ -14212,58 +14303,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="34" w:name="Check31"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="34"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D4024C">
@@ -14706,58 +14797,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="35" w:name="Check32"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="35"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D4024C">
@@ -15096,58 +15187,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="36" w:name="Check33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="36"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D4024C">
@@ -15486,58 +15577,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="37" w:name="Check34"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="37"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D4024C">
@@ -15879,58 +15970,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="38" w:name="Check35"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D4024C">
@@ -17656,58 +17747,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="40" w:name="Check36"/>
             <w:r w:rsidR="00D11A30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r w:rsidR="00D11A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D11A30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D11A30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="40"/>
             <w:r w:rsidRPr="001B553A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E62900">
@@ -17723,58 +17814,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="41" w:name="Check37"/>
             <w:r w:rsidR="00D11A30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...6 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r w:rsidR="00D11A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D11A30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D11A30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="41"/>
             <w:r w:rsidRPr="00E62900">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -17848,60 +17939,60 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="42" w:name="Check38"/>
             <w:r w:rsidR="00D11A30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...8 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r w:rsidR="00D11A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D11A30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D11A30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="42"/>
             <w:r w:rsidRPr="00E62900">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
@@ -17959,60 +18050,60 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="43" w:name="Check39"/>
             <w:r w:rsidR="00D11A30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...8 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r w:rsidR="00D11A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D11A30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D11A30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="43"/>
             <w:r w:rsidRPr="00E62900">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
@@ -18040,60 +18131,60 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="44" w:name="Check40"/>
             <w:r w:rsidR="00D11A30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...8 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r w:rsidR="00D11A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D11A30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D11A30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="44"/>
             <w:r w:rsidR="001B553A" w:rsidRPr="001B553A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
@@ -18905,60 +18996,60 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="47" w:name="Check41"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00493251">
-[...8 lines deleted...]
-            <w:r w:rsidR="00493251">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="47"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
@@ -20863,145 +20954,145 @@
               <w:t xml:space="preserve"> No </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
     </w:tbl>
     <w:p w14:paraId="33499B67" w14:textId="3D49DD1C" w:rsidR="00363F0E" w:rsidRPr="00363F0E" w:rsidRDefault="00363F0E" w:rsidP="00A961B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00363F0E" w:rsidRPr="00363F0E" w:rsidSect="0055277C">
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="504" w:bottom="576" w:left="504" w:header="504" w:footer="504" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="321FDF88" w14:textId="77777777" w:rsidR="00A87A36" w:rsidRDefault="00A87A36" w:rsidP="009A7208">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="24DF333D" w14:textId="77777777" w:rsidR="00A87A36" w:rsidRDefault="00A87A36" w:rsidP="009A7208">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="32B8925A" w14:textId="77777777" w:rsidR="00A87A36" w:rsidRDefault="00A87A36" w:rsidP="009A7208">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="60CF3D94" w14:textId="77777777" w:rsidR="00A87A36" w:rsidRDefault="00A87A36" w:rsidP="009A7208">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68362F17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A91E6958"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -21051,55 +21142,54 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="701396769">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="6eVbH5WN48Oc8rKfIsZrVNfC/P5/BrZ1VWctTZs3yTWZON0PtyJFSxpN1ltQJFd/7j+GtdDMeUSjdK0U+f5P/A==" w:salt="3hEu6XzY5+M8TBApDIL8VA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="360"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F4355B"/>
     <w:rsid w:val="000130E7"/>
@@ -21288,50 +21378,51 @@
     <w:rsid w:val="00740816"/>
     <w:rsid w:val="007416E8"/>
     <w:rsid w:val="007504C4"/>
     <w:rsid w:val="00753B75"/>
     <w:rsid w:val="00761CC8"/>
     <w:rsid w:val="0077457B"/>
     <w:rsid w:val="00777D5B"/>
     <w:rsid w:val="007812E0"/>
     <w:rsid w:val="0078644B"/>
     <w:rsid w:val="007908D3"/>
     <w:rsid w:val="007978BC"/>
     <w:rsid w:val="007A002E"/>
     <w:rsid w:val="007A4E46"/>
     <w:rsid w:val="007A4FF8"/>
     <w:rsid w:val="007A715A"/>
     <w:rsid w:val="007B0F83"/>
     <w:rsid w:val="007C1D81"/>
     <w:rsid w:val="007C420E"/>
     <w:rsid w:val="007C644D"/>
     <w:rsid w:val="007C680C"/>
     <w:rsid w:val="007D73F9"/>
     <w:rsid w:val="007E5E32"/>
     <w:rsid w:val="007E7A98"/>
     <w:rsid w:val="007F6FEF"/>
     <w:rsid w:val="00800748"/>
+    <w:rsid w:val="00806A77"/>
     <w:rsid w:val="0081394B"/>
     <w:rsid w:val="008217F5"/>
     <w:rsid w:val="00824D3B"/>
     <w:rsid w:val="00831836"/>
     <w:rsid w:val="00852DA5"/>
     <w:rsid w:val="00855FD8"/>
     <w:rsid w:val="008616AA"/>
     <w:rsid w:val="00863139"/>
     <w:rsid w:val="00863F23"/>
     <w:rsid w:val="00865D8D"/>
     <w:rsid w:val="0086757D"/>
     <w:rsid w:val="008710F0"/>
     <w:rsid w:val="00873069"/>
     <w:rsid w:val="008776FE"/>
     <w:rsid w:val="008A65CA"/>
     <w:rsid w:val="008B739C"/>
     <w:rsid w:val="008B7AB8"/>
     <w:rsid w:val="008C00FC"/>
     <w:rsid w:val="008C4A5D"/>
     <w:rsid w:val="008D0331"/>
     <w:rsid w:val="008D523A"/>
     <w:rsid w:val="008E0D70"/>
     <w:rsid w:val="008E1C5B"/>
     <w:rsid w:val="008E415F"/>
     <w:rsid w:val="008F1EAD"/>
@@ -21378,50 +21469,51 @@
     <w:rsid w:val="00AA061D"/>
     <w:rsid w:val="00AA25E7"/>
     <w:rsid w:val="00AA71B9"/>
     <w:rsid w:val="00AB5325"/>
     <w:rsid w:val="00AC15FD"/>
     <w:rsid w:val="00AC7698"/>
     <w:rsid w:val="00AE0E22"/>
     <w:rsid w:val="00AE5D5E"/>
     <w:rsid w:val="00AF2E2F"/>
     <w:rsid w:val="00AF472F"/>
     <w:rsid w:val="00AF591D"/>
     <w:rsid w:val="00B07B81"/>
     <w:rsid w:val="00B20E2E"/>
     <w:rsid w:val="00B308DE"/>
     <w:rsid w:val="00B449C1"/>
     <w:rsid w:val="00B5348F"/>
     <w:rsid w:val="00B557E9"/>
     <w:rsid w:val="00B575A6"/>
     <w:rsid w:val="00B60D40"/>
     <w:rsid w:val="00B62B07"/>
     <w:rsid w:val="00B64FF3"/>
     <w:rsid w:val="00B66958"/>
     <w:rsid w:val="00B777D0"/>
     <w:rsid w:val="00B86D19"/>
     <w:rsid w:val="00BA18F4"/>
+    <w:rsid w:val="00BA3B7F"/>
     <w:rsid w:val="00BA4C74"/>
     <w:rsid w:val="00BA5C47"/>
     <w:rsid w:val="00BC1DD5"/>
     <w:rsid w:val="00BC4496"/>
     <w:rsid w:val="00BD4343"/>
     <w:rsid w:val="00BD7D20"/>
     <w:rsid w:val="00BE66AE"/>
     <w:rsid w:val="00BF3252"/>
     <w:rsid w:val="00BF56E9"/>
     <w:rsid w:val="00C04CD1"/>
     <w:rsid w:val="00C055C0"/>
     <w:rsid w:val="00C06B28"/>
     <w:rsid w:val="00C22861"/>
     <w:rsid w:val="00C43E19"/>
     <w:rsid w:val="00C53AF6"/>
     <w:rsid w:val="00C61B3F"/>
     <w:rsid w:val="00C63834"/>
     <w:rsid w:val="00C67E9C"/>
     <w:rsid w:val="00C70068"/>
     <w:rsid w:val="00C73091"/>
     <w:rsid w:val="00C80980"/>
     <w:rsid w:val="00C86CE2"/>
     <w:rsid w:val="00C94CB1"/>
     <w:rsid w:val="00C94EEF"/>
     <w:rsid w:val="00CA300C"/>
@@ -21496,51 +21588,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="569D6BBB"/>
   <w15:docId w15:val="{D843033E-DB4A-485C-AA15-D533496361A5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -21886,51 +21978,50 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="007A715A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
@@ -22085,51 +22176,51 @@
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:semiHidden/>
     <w:rsid w:val="00EA0E0A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000522AF"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.TIF"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.in.gov/iara/2341.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Imaging@iara.in.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.in.gov/iara/2341.htm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Imaging@iara.in.gov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -22400,66 +22491,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44195C52-A1D0-4DDD-9129-D1D6184B0EFE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1242</Words>
-  <Characters>7080</Characters>
+  <Words>970</Words>
+  <Characters>7392</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
+  <Lines>61</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Indiana, ICPR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8306</CharactersWithSpaces>
+  <CharactersWithSpaces>8346</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ICPR</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>